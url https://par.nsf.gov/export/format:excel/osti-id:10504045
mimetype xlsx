--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10504045</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/CoG57401.2023.10333239</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Exploring the Role of AI-Generated Feedback Tangential to Learning Outcomes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sutherland, Steven C.; Machado, Tiago; Mahajan, Shruti; Mohaddesi, Omid; Matuk, Camillia; Smith, Gillian; Harteveld, Casper</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-08-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 8</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3503-2277-4</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Students are often tasked in engaging with activities where they have to learn skills that are tangential to the learning outcomes of a course, such as learning a new software. The issue is that instructors may not have the time or the expertise to help students with such tangential learning. In this paper, we explore how AI-generated feedback can provide assistance. Specifically, we study this technology in the context of a constructionist curriculum where students learn about experimental research through the creation of a gamified experiment. The AI-generated feedback gives a formative assessment on the narrative design of student-designed gamified experiments, which is important to create an engaging experience. We find that students critically engaged with the feedback, but that responses varied among students. We discuss the implications for AI-generated feedback systems for tangential learning.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2142396</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Boston, MA, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>