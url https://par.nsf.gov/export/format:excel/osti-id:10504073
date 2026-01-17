--- v0 (2025-10-31)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -107,63 +107,60 @@
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10504073</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>On the Stability of Expressive Positional Encodings for Graphs</t>
   </si>
   <si>
     <t>Huang, Yinan; Lu, William; Robinson, Joshua; Yang, Yu; Zhang, Muhan; Jegelka, Stefanie; Li, Pan</t>
   </si>
   <si>
     <t>2024-04-13T04:00:00Z</t>
   </si>
   <si>
     <t>Designing effective positional encodings for graphs is key to building powerful graph transformers and enhancing message-passing graph neural networks. Although widespread, using Laplacian eigenvectors as positional encodings faces two fundamental challenges: (1) \emph{Non-uniqueness}: there are many different eigendecompositions of the same Laplacian, and (2) \emph{Instability}: small perturbations to the Laplacian could result in completely different eigenspaces, leading to unpredictable changes in positional encoding. Despite many attempts to address non-uniqueness, most methods overlook stability, leading to poor generalization on unseen graph structures. We identify the cause of instability to be a ``hard partition'' of eigenspaces. Hence, we introduce Stable and Expressive Positional Encodings (SPE), an architecture for processing eigenvectors that uses eigenvalues to ``softly partition'' eigenspaces. SPE is the first architecture that is (1) provably stable, and (2) universally expressive for basis invariant functions whilst respecting all symmetries of eigenvectors. Besides guaranteed stability, we prove that SPE is at least as expressive as existing methods, and highly capable of counting graph structures. Finally, we evaluate the effectiveness of our method on molecular property prediction, and out-of-distribution generalization tasks, finding improved generalization compared to existing positional encoding methods.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2239565</t>
+    <t>2239565; 2428777</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>Openreview</t>
-  </si>
-[...1 lines deleted...]
-    <t>ICLR 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -315,48 +312,46 @@
       <c r="O2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="X2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>