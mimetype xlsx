--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10504616</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3568813.3600118</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Dispositions that Computing Professionals Value in the Workplace: Systematic Literature Review and Interviews with Professionals</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tagare, Deepti; Janakiraman, Shamila; Exter, Marisa; Duan, Suzhen; Sabin, Mihaela; Tavakoli, Jafar</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-08-07T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>270 to 283</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9781450399760</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Background and Context. Dispositions are personal qualities including values, beliefs, and attitudes that impact an individual's actions and behaviors. Dispositions help a person identify why and when things need to be done and motivate them to follow through in action using their knowledge and skills. A person may have the appropriate skills and knowledge to perform a task and yet may not be able to perform due to the lack of suitable disposition. Objective. As part of a larger multi-institutional project aimed at improving computing education through a competency-based approach, we plan to create a research-informed competency model that includes knowledge, skills, and dispositions valued by computing professionals in the field. The objective of this paper is to report our findings on dispositions based on the National Research Council (NRC) framework. Method. We collected data from conducting a systematic literature review (SLR) and interviewing computing professionals from the United States. For the SLR, we started with 4949 articles from prominent databases (ERIC, SCOPUS, ACM, IEEE) which were filtered down to 52 research papers using rigorous inclusion-exclusion criteria. For conducting the semi-structured interviews, we used criterion and chain-link sampling to recruit 31 computing professionals, including software developers, network administrators, systems analysts, web developers, engineering managers, and others. Findings. Based on the aggregate findings from the SLR and interviews, in this paper we present the dispositions that are deemed necessary by computing professionals or employers to any computing career. The dispositions were categorized into the themes of Collaborative Orientation, Conscientiousness, Intellectual Openness, Self-Regulation, and Lifelong Learning Orientation. Implications. We discuss the importance of incorporating dispositions in computing curricula, interrelationship between skills and dispositions, and possible pedagogical techniques that can be used to cultivate dispositions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2111097; 2110823</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM digital library</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Chicago IL USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>