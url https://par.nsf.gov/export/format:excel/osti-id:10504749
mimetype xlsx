--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10504749</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1146/annurev-bioeng-110122-010848</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Recent Developments in Aerosol Pulmonary Drug Delivery: New Technologies, New Cargos, and New Targets</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Woodward, Ian R.; Fromen, Catherine A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Annual Review of Biomedical Engineering</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1523-9829</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;There is nothing like a global pandemic to motivate the need for improved respiratory treatments and mucosal vaccines. Stimulated by the COVID-19 pandemic, pulmonary aerosol drug delivery has seen a flourish of activity, building on the prior decades of innovation in particle engineering, inhaler device technologies, and clinical understanding. As such, the field has expanded into new directions and is working toward the efficient delivery of increasingly complex cargos to address a wider range of respiratory diseases. This review seeks to highlight recent innovations in approaches to personalize inhalation drug delivery, deliver complex cargos, and diversify the targets treated and prevented through pulmonary drug delivery. We aim to inform readers of the emerging efforts within the field and predict where future breakthroughs are expected to impact the treatment of respiratory diseases.&lt;/p&gt; &lt;p&gt;Expected final online publication date for the Annual Review of Biomedical Engineering, Volume 26 is May 2024. Please see http://www.annualreviews.org/page/journal/pubdates for revised estimates.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2237430</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Annual Reviews</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>