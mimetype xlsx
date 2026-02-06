--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10504977</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1021/jacs.4c01879</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Effect of the Activation Force of Mechanophore on Its Activation Selectivity and Efficiency in Polymer Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Zhi Jian; Wang, Shu; Jiang, Julong; Hu, Yixin; Nakajima, Tasuku; Maeda, Satoshi; Craig, Stephen L.; Gong, Jian Ping</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-02T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of the American Chemical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0002-7863</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In recent decades, more than 100 different mechanophores with a broad range of activation forces have been developed. For various applications of mechanophores in polymer materials, it is crucial to selectively activate the mechanophores with high efficiency, avoiding nonspecific bond scission of the material. In this study, we embedded cyclobutane-based mechanophore cross-linkers (I and II) with varied activation forces (fa) in the first network of the double network hydrogels and quantitively investigated the activation selectivity and efficiency of these mechanophores. Our findings revealed that cross-linker I, with a lower activation force relative to the bonds in the polymer main chain (fa-I/fa-chain = 0.8 nN/3.4 nN), achieved efficient activation with 100% selectivity. Conversely, an increase of the activation force of mechanophore II (fa-II/fa-chain = 2.5 nN/3.4 nN) led to a significant decrease of its activation efficiency, accompanied by a substantial number of nonspecific bond scission events. Furthermore, with the coexistence of two cross-linkers, significantly different activation forces resulted in the almost complete suppression of the higher-force one (i.e., I and III, fa-I/fa-III = 0.8 nN/3.4 nN), while similar activation forces led to simultaneous activations with moderate efficiencies (i.e., I and IV, fa-I/fa-IV = 0.8 nN/1.6 nN). These findings provide insights into the prevention of nonspecific bond rupture during mechanophore activation and enhance our understanding of the damage mechanism within polymer networks when using mechanophores as detectors. Besides, it establishes a principle for combining different mechanophores to design multiple mechanoresponsive functional materials.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2116298</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Chemical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>