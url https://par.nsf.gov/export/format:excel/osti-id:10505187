--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10505187</t>
-[...8 lines deleted...]
-    <t>Fernández-Vega, Lauren [Department of Chemistry, Universidad Ana G. Méndez, Carr. 189, Km 3.3, Gurabo, Puerto Rico 00778, United States]; Meléndez-Rodríguez, Dorian_Enid [Department of Chemistry, Universidad Ana G. Méndez, Carr. 189, Km 3.3, Gurabo, Puerto Rico 00778, United States]; Ospina-Alejandro, Mónica [Department of Chemistry, Universidad Ana G. Méndez, Carr. 189, Km 3.3, Gurabo, Puerto Rico 00778, United States]; Casanova, Karina [Department of Chemistry, Universidad Ana G. Méndez, Carr. 189, Km 3.3, Gurabo, Puerto Rico 00778, United States]; Vázquez, Yolimar [Department of Chemistry, University of Puerto Rico-Rio Piedras, 17 Ave Universidad Ste 1701, San Juan, Puerto Rico 00931, United States]; Cunci, Lisandro [Department of Chemistry, University of Puerto Rico-Rio Piedras, 17 Ave Universidad Ste 1701, San Juan, Puerto Rico 00931, United States] (ORCID:000000027315177X)</t>
+    <t>10617038</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1073/pnas.2311888121</t>
+  </si>
+  <si>
+    <t>APACE: AlphaFold2 and advanced computing as a service for accelerated discovery in biophysics</t>
+  </si>
+  <si>
+    <t>Park, Hyun; Patel, Parth; Haas, Roland; Huerta, E A</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-05-06T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>Not Available</t>
+    <t>2024-07-02T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Proceedings of the National Academy of Sciences</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>0027-8424</t>
+  </si>
+  <si>
+    <t>The prediction of protein 3D structure from amino acid sequence is a computational grand challenge in biophysics and plays a key role in robust protein structure prediction algorithms, from drug discovery to genome interpretation. The advent of AI models, such as AlphaFold, is revolutionizing applications that depend on robust protein structure prediction algorithms. To maximize the impact, and ease the usability, of these AI tools we introduce APACE, AlphaFold2 and advanced computing as a service, a computational framework that effectively handles this AI model and its TB-size database to conduct accelerated protein structure prediction analyses in modern supercomputing environments. We deployed APACE in the Delta and Polaris supercomputers and quantified its performance for accurate protein structure predictions using four exemplar proteins: 6AWO, 6OAN, 7MEZ, and 6D6U. Using up to 300 ensembles, distributed across 200 NVIDIA A100 GPUs, we found that APACE is up to two orders of magnitude faster than off-the-self AlphaFold2 implementations, reducing time-to-solution from weeks to minutes. This computational approach may be readily linked with robotics laboratories to automate and accelerate scientific discovery.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1827622</t>
+    <t>2209892</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>p. 2645-2652</t>
-[...1 lines deleted...]
-  <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>American Chemical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -326,58 +320,58 @@
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>