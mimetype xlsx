--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10505495</t>
-[...8 lines deleted...]
-    <t>Golden, Katherine E. (ORCID:0000000165998527); Hemingway, Benjamin L.; Frazier, Amy E.; Harrell, Wade; Fuhlendorf, Samuel D.; Davis, Craig A.</t>
+    <t>10407962</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1002/cptc.202200277</t>
+  </si>
+  <si>
+    <t>Synthesis of Isoxazolidines from Substituted Vinylnitrones and Conjugated Carbonyls via Visible‐Light Photocatalysis</t>
+  </si>
+  <si>
+    <t>Trieu, Phillip; Filkin, William H.; Pinarci, Ali; Tobias, Elisa M.; Madiu, Rufai; Dellosso, Brandon; Roldan, Justin; Das, Pulakesh; Austin, Brooke E.; Moura‐Letts, Gustavo</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-05-08T04:00:00Z</t>
-[...17 lines deleted...]
- &lt;sec&gt;&lt;title&gt;Conclusions&lt;/title&gt;&lt;p&gt;Following the fire return intervals projected by LANDFIRE, which project longer intervals than the prescribed fire program, would likely be detrimental to endangered species management by allowing increased woody plant encroachment and loss of open habitat important to whooping cranes and Aplomado falcons. Since prescribed fire is part of the management objectives on many national wildlife refuges in the United States, quantifying recent and historical fire ecology can provide useful insights into future management efforts, particularly in cases where endangered species are of special concern and management efforts may be counter to historical disturbance regimes.&lt;/p&gt;&lt;/sec&gt;</t>
+    <t>2023-03-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>ChemPhotoChem</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>2367-0932</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2416164</t>
-[...2 lines deleted...]
-    <t>2024</t>
+    <t>1752085</t>
+  </si>
+  <si>
+    <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Springer Science + Business Media</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -310,74 +301,70 @@
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
+      <c r="N2" s="0"/>
+      <c r="O2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>