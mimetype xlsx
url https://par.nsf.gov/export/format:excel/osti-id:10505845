--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10505845</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1103/PRXQuantum.4.020342</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Qubit-Oscillator Concatenated Codes: Decoding Formalism and Code Comparison</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Xu, Yijia; Wang, Yixu; Kuo, En-Jui; Albert, Victor V.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>PRX Quantum</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2691-3399</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Concatenating bosonic error-correcting codes with qubit codes can substantially boost the error correcting power of the original qubit codes. It is not clear how to concatenate optimally, given that there are several bosonic codes and concatenation schemes to choose from, including the recently discovered Gottesman-Kitaev-Preskill (GKP) – stabilizer codes [Phys. Rev. Lett. 125, 080503 (2020)] that allow protection of a logical bosonic mode from fluctuations of the conjugate variables of the mode. We develop efficient maximum-likelihood decoders for and analyze the performance of three different concatenations of codes taken from the following set: qubit stabilizer codes, analog or Gaussian stabilizer codes, GKP codes, and GKP-stabilizer codes. We benchmark decoder performance against additive Gaussian white noise, corroborating our numerics with analytical calculations. We observe that the concatenation involving GKP-stabilizer codes outperforms the more conventional concatenation of a qubit stabilizer code with a GKP code in some cases. We also propose a GKP-stabilizer code that suppresses fluctuations in both conjugate variables without extra quadrature squeezing and formulate qudit versions of GKP-stabilizer codes.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2120757</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Physical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>