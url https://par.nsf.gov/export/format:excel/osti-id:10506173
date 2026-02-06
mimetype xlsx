--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10506173</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/e25050786</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Entropy Dissipation for Degenerate Stochastic Differential Equations via Sub-Riemannian Density Manifold</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Feng, Qi; Li, Wuchen</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Entropy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>786</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1099-4300</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;We studied the dynamical behaviors of degenerate stochastic differential equations (SDEs). We selected an auxiliary Fisher information functional as the Lyapunov functional. Using generalized Fisher information, we conducted the Lyapunov exponential convergence analysis of degenerate SDEs. We derived the convergence rate condition by generalized Gamma calculus. Examples of the generalized Bochner’s formula are provided in the Heisenberg group, displacement group, and Martinet sub-Riemannian structure. We show that the generalized Bochner’s formula follows a generalized second-order calculus of Kullback–Leibler divergence in density space embedded with a sub-Riemannian-type optimal transport metric.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2306769; 2038080; 2420029</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>MDPI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>