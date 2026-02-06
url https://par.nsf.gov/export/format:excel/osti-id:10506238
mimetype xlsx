--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10506238</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202347869</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A benchmark for extreme conditions of the multiphase interstellar medium in the most luminous hot dust-obscured galaxy at &lt;i&gt;z&lt;/i&gt;  = 4.6</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Fernández Aranda, Román; Díaz Santos, Tanio; Hatziminaoglou, Evanthia; Assef, Roberto J.; Aravena, Manuel; Eisenhardt, Peter R.; Ferkinhoff, Carl; Pensabene, Antonio; Nikola, Thomas; Andreani, Paola; Vishwas, Amit; Stacey, Gordon J.; Decarli, Roberto; Blain, Andrew W.; Brisbin, Drew; Charmandaris, Vassilis; Jun, Hyunsung D.; Li, Guodong; Liao, Mai; Martin, Lee R.; Stern, Daniel; Tsai, Chao-Wei; Wu, Jingwen; Zewdie, Dejene</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>682</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A166</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;WISE J224607.6–052634.9 (W2246–0526) is a hot dust-obscured galaxy at&lt;italic&gt;z&lt;/italic&gt; = 4.601, and the most luminous obscured quasar known to date. W2246–0526 harbors a heavily obscured supermassive black hole that is most likely accreting above the Eddington limit. We present observations with the Atacama Large Millimeter/submillimeter Array (ALMA) in seven bands, including band 10, of the brightest far-infrared (FIR) fine-structure emission lines of this galaxy: [OI]&lt;sub&gt;63 μm&lt;/sub&gt;, [OIII]&lt;sub&gt;88 μm&lt;/sub&gt;, [NII]&lt;sub&gt;122 μm&lt;/sub&gt;, [OI]&lt;sub&gt;145 μm&lt;/sub&gt;, [CII]&lt;sub&gt;158 μm&lt;/sub&gt;, [NII]&lt;sub&gt;205 μm&lt;/sub&gt;, [CI]&lt;sub&gt;370 μm&lt;/sub&gt;, and [CI]&lt;sub&gt;609 μm&lt;/sub&gt;. A comparison of the data to a large grid of C&lt;sc&gt;LOUDY&lt;/sc&gt;radiative transfer models reveals that a high hydrogen density (&lt;italic&gt;n&lt;/italic&gt;&lt;sub&gt;H&lt;/sub&gt; ∼ 3 × 10&lt;sup&gt;3&lt;/sup&gt;cm&lt;sup&gt;−3&lt;/sup&gt;) and extinction (&lt;italic&gt;A&lt;/italic&gt;&lt;sub&gt;V&lt;/sub&gt; ∼ 300 mag), together with extreme ionization (log(&lt;italic&gt;U&lt;/italic&gt;) = − 0.5) and a high X-ray to UV ratio (&lt;italic&gt;α&lt;/italic&gt;&lt;sub&gt;ox&lt;/sub&gt; ≥ −0.8) are required to reproduce the observed nuclear line ratios. The values of&lt;italic&gt;α&lt;/italic&gt;&lt;sub&gt;ox&lt;/sub&gt;and&lt;italic&gt;U&lt;/italic&gt;are among the largest found in the literature and imply the existence of an X-ray-dominated region (XDR). In fact, this component explains the a priori very surprising non-detection of the [OIII]&lt;sub&gt;88 μm&lt;/sub&gt;emission line, which is actually suppressed, instead of boosted, in XDR environments. Interestingly, the best-fitted model implies higher X-ray emission and lower CO content than what is detected observationally, suggesting the presence of a molecular gas component that should be further obscuring the X-ray emission over larger spatial scales than the central region that is being modeled. These results highlight the need for multiline infrared observations to characterize the multiphase gas in high redshift quasars and, in particular, W2246–0526 serves as an extreme benchmark for comparisons of interstellar medium conditions with other quasar populations at cosmic noon and beyond.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1847892; 1910107</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Astronomy and Astrophysics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>