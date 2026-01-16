--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-05-10T04:00:00Z</t>
   </si>
   <si>
     <t>Methods in Ecology and Evolution</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2041-210X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;&lt;list&gt;&lt;list-item&gt;&lt;p&gt;Numerous modelling techniques exist to estimate abundance of plant and animal populations. The most accurate methods account for multiple complexities found in ecological data, such as observational biases, spatial autocorrelation, and species correlations. There is, however, a lack of user‐friendly and computationally efficient software to implement the various models, particularly for large data sets.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;We developed the&lt;styled-content&gt;spAbundance R&lt;/styled-content&gt;package for fitting spatially explicit Bayesian single‐species and multi‐species hierarchical distance sampling models, N‐mixture models, and generalized linear mixed models. The models within the package can account for spatial autocorrelation using Nearest Neighbour Gaussian Processes and accommodate species correlations in multi‐species models using a latent factor approach, which enables model fitting for data sets with large numbers of sites and/or species.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;We provide three vignettes and three case studies that highlight&lt;styled-content&gt;spAbundance&lt;/styled-content&gt;functionality. We used spatially explicit multi‐species distance sampling models to estimate density of 16 bird species in Florida, USA, an N‐mixture model to estimate black‐throated blue warbler (&lt;italic&gt;Setophaga caerulescens&lt;/italic&gt;) abundance in New Hampshire, USA, and a spatial linear mixed model to estimate forest above‐ground biomass across the continental USA.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;&lt;styled-content&gt;spAbundance&lt;/styled-content&gt;provides a user‐friendly, formula‐based interface to fit a variety of univariate and multivariate spatially explicit abundance models. The package serves as a useful tool for ecologists and conservation practitioners to generate improved inference and predictions on the spatial drivers of abundance in populations and communities.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1954406</t>
+    <t>1954406; 2213565</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>p. 1024-1033</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>