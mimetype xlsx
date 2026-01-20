--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-05-15T04:00:00Z</t>
   </si>
   <si>
     <t>The Astrophysical Journal</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0004-637X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Most diffuse baryons, including the circumgalactic medium (CGM) surrounding galaxies and the intergalactic medium (IGM) in the cosmic web, remain unmeasured and unconstrained. Fast radio bursts (FRBs) offer an unparalleled method to measure the electron dispersion measures (DMs) of ionized baryons. Their distribution can resolve the missing baryon problem and constrain the history of feedback theorized to impart significant energy to the CGM and IGM. We analyze the Cosmology and Astrophysics with Machine Learning Simulations using three suites, IllustrisTNG, SIMBA, and Astrid, each varying six parameters (two cosmological and four astrophysical feedback), for a total of 183 distinct simulation models. We find significantly different predictions between the fiducial models of the suites owing to their different implementations of feedback. SIMBA exhibits the strongest feedback, leading to the smoothest distribution of baryons and reducing the sight-line-to-sight-line variance in DMs between&lt;italic&gt;z&lt;/italic&gt;= 0 and 1. Astrid has the weakest feedback and the largest variance. We calculate FRB CGM measurements as a function of galaxy impact parameter, with SIMBA showing the weakest DMs due to aggressive active galactic nucleus (AGN) feedback and Astrid the strongest. Within each suite, the largest differences are due to varying AGN feedback. IllustrisTNG shows the most sensitivity to supernova feedback, but this is due to the change in the AGN feedback strengths, demonstrating that black holes, not stars, are most capable of redistributing baryons in the IGM and CGM. We compare our statistics directly to recent observations, paving the way for the use of FRBs to constrain the physics of galaxy formation and evolution.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2206055; 2108944; 2108078</t>
+    <t>2206055; 2108944; 2108078; 2206102</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Article No. 32</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.3847</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>