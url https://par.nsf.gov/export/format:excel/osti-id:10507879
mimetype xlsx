--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,100 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10507879</t>
-[...8 lines deleted...]
-    <t>Gelambi, Mariana (ORCID:0000000264435420); Whitehead, Susan_R</t>
+    <t>10220620</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1098/rspb.2020.1393</t>
+  </si>
+  <si>
+    <t>Eye size and investment in frogs and toads correlate with adult habitat, activity pattern and breeding ecology</t>
+  </si>
+  <si>
+    <t>Thomas, K. M.; Gower, D. J.; Bell, R. C.; Fujita, M. K.; Schott, R. K.; Streicher, J. W.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-05-17T04:00:00Z</t>
-[...15 lines deleted...]
- &lt;p&gt;The ecological interaction between fleshy fruits and frugivores is influenced by diverse mixtures of secondary metabolites that naturally occur in the fruit pulp. Although some fruit secondary metabolites have a primary role in defending the pulp against antagonistic frugivores, these metabolites also potentially affect mutualistic interactions. The physiological impact of these secondary metabolites on mutualistic frugivores remains largely unexplored. Using a mutualistic fruit bat (&lt;italic&gt;Carollia perspicillata&lt;/italic&gt;), we showed that ingesting four secondary metabolites commonly found in plant tissues affects bat foraging behavior and induces changes in the fecal metabolome. Our behavioral trials showed that the metabolites tested typically deter bats. Our metabolomic surveys suggest that secondary metabolites alter, either by increasing or decreasing, the absorption of essential macronutrients. These behavioral and physiological effects vary based on the specific identity and concentration of the metabolite tested. Our results also suggest that a portion of the secondary metabolites consumed is excreted by the bat intact or slightly modified. By identifying key shifts in the fecal metabolome of a mutualistic frugivore caused by secondary metabolite consumption, this study improves our understanding of the effects of fruit chemistry on frugivore physiology.&lt;/p&gt;</t>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2020-07-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Proceedings</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>20201393</t>
+  </si>
+  <si>
+    <t>1471-2954</t>
+  </si>
+  <si>
+    <t>Frogs and toads (Amphibia: Anura) display diverse ecologies and behaviours, which are often correlated with visual capacity in other vertebrates. Additionally, anurans exhibit a broad range of relative eye sizes, which have not previously been linked to ecological factors in this group. We measured relative investment in eye size and corneal size for 220 species of anurans representing all 55 currently recognized families and tested whether they were correlated with six natural history traits hypothesized to be associated with the evolution of eye size. Anuran eye size was significantly correlated with habitat, with notable decreases in eye investment among fossorial, subfossorial and aquatic species. Relative eye size was also associated with mating habitat and activity pattern. Compared to other vertebrates, anurans have relatively large eyes for their body size, indicating that vision is probably of high importance. Our study reveals the role that ecology and behaviour may have played in the evolution of anuran visual systems and highlights the usefulness of museum specimens, and importance of broad taxonomic sampling, for interpreting macroecological patterns.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1953888; 1856776</t>
-[...5 lines deleted...]
-    <t>p. 385-396</t>
+    <t>1655751</t>
+  </si>
+  <si>
+    <t>2020</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Springer Science + Business Media</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -292,93 +288,91 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I2" t="s" s="0">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
-      <c r="W2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>