--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10507919</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/s23073515</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Graph Convolutional Network Using Adaptive Neighborhood Laplacian Matrix for Hyperspectral Images with Application to Rice Seed Image Classification</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Orozco, Jairo; Manian, Vidya; Alfaro, Estefania; Walia, Harkamal; Dhatt, Balpreet K</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Sensors</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3515</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1424-8220</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Graph convolutional neural network architectures combine feature extraction and convolutional layers for hyperspectral image classification. An adaptive neighborhood aggregation method based on statistical variance integrating the spatial information along with the spectral signature of the pixels is proposed for improving graph convolutional network classification of hyperspectral images. The spatial-spectral information is integrated into the adjacency matrix and processed by a single-layer graph convolutional network. The algorithm employs an adaptive neighborhood selection criteria conditioned by the class it belongs to. Compared to fixed window-based feature extraction, this method proves effective in capturing the spectral and spatial features with variable pixel neighborhood sizes. The experimental results from the Indian Pines, Houston University, and Botswana Hyperion hyperspectral image datasets show that the proposed AN-GCN can significantly improve classification accuracy. For example, the overall accuracy for Houston University data increases from 81.71% (MiniGCN) to 97.88% (AN-GCN). Furthermore, the AN-GCN can classify hyperspectral images of rice seeds exposed to high day and night temperatures, proving its efficacy in discriminating the seeds under increased ambient temperature treatments.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1736192</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Sensors</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>