--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,190 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="46">
-[...138 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -204,193 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...68 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10507970</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Statistical Applications to Cognitive Diagnostic Testing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhang, Susu; Liu, Jingchen; Ying, Zhiliang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Annual_Reviews</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Reid, Nancy</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Annual review of statistics and its application</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>651-675</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2326-8298</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Diagnostic classification tests are designed to assess examinees’ discrete mastery status on a set of skills or attributes. Such tests have gained increas- ing attention in educational and psychological measurement. We review diagnostic classification models and their applications to testing and learning, discuss their statistical and machine learning connections and related challenges, and introduce some contemporary and future extensions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2015417</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t>0.4MB</t>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t>pdf</t>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Annual Reviews</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>