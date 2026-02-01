--- v0 (2025-11-02)
+++ v1 (2026-02-01)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10508038</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/biom13081243</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>AlphaFold Accurately Predicts the Structure of Ribosomally Synthesized and Post-Translationally Modified Peptide Biosynthetic Enzymes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gordon, Catriona H; Hendrix, Emily; He, Yi; Walker, Mark C</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Biomolecules</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1243</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2218-273X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ribosomally synthesized and post-translationally modified peptides (RiPPs) are a growing class of natural products biosynthesized from a genetically encoded precursor peptide. The enzymes that install the post-translational modifications on these peptides have the potential to be useful catalysts in the production of natural-product-like compounds and can install non-proteogenic amino acids in peptides and proteins. However, engineering these enzymes has been somewhat limited, due in part to limited structural information on enzymes in the same families that nonetheless exhibit different substrate selectivities. Despite AlphaFold2’s superior performance in single-chain protein structure prediction, its multimer version lacks accuracy and requires high-end GPUs, which are not typically available to most research groups. Additionally, the default parameters of AlphaFold2 may not be optimal for predicting complex structures like RiPP biosynthetic enzymes, due to their dynamic binding and substrate-modifying mechanisms. This study assessed the efficacy of the structure prediction program ColabFold (a variant of AlphaFold2) in modeling RiPP biosynthetic enzymes in both monomeric and dimeric forms. After extensive benchmarking, it was found that there were no statistically significant differences in the accuracy of the predicted structures, regardless of the various possible prediction parameters that were examined, and that with the default parameters, ColabFold was able to produce accurate models. We then generated additional structural predictions for select RiPP biosynthetic enzymes from multiple protein families and biosynthetic pathways. Our findings can serve as a reference for future enzyme engineering complemented by AlphaFold-related tools.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2216836</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>MDPI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>