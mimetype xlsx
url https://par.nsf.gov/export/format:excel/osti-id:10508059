--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10508059</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/geb.13644</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Traits of dominant plant species drive normalized difference vegetation index in grasslands globally</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Engel, Thore; Bruelheide, Helge; Hoss, Daniela; Sabatini, Francesco M; Altman, Jan; Arfin‐Khan, Mohammed_A S; Bergmeier, Erwin; Černý, Tomáš; Chytrý, Milan; Dainese, Matteo; Dengler, Jürgen; Dolezal, Jiri; Field, Richard; Fischer, Felícia M; Huygens, Dries; Jandt, Ute; Jansen, Florian; Jentsch, Anke; Karger, Dirk N; Kattge, Jens; Lenoir, Jonathan; Lens, Frederic; Loos, Jaqueline; Niinemets, Ülo; Overbeck, Gerhard E; Ozinga, Wim A; Penuelas, Josep; Peyre, Gwendolyn; Phillips, Oliver; Reich, Peter B; Römermann, Christine; Sandel, Brody; Schmidt, Marco; Schrodt, Franziska; Velez‐Martin, Eduardo; Violle, Cyrille; Pillar, Valério</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Global Ecology and Biogeography</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>695 to 706</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1466-822X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;sec&gt;&lt;title&gt;Aim&lt;/title&gt;&lt;p&gt;Theoretical, experimental and observational studies have shown that biodiversity–ecosystem functioning (BEF) relationships are influenced by functional community structure through two mutually non‐exclusive mechanisms: (1) the dominance effect (which relates to the traits of the dominant species); and (2) the niche partitioning effect [which relates to functional diversity (FD)]. Although both mechanisms have been studied in plant communities and experiments at small spatial extents, it remains unclear whether evidence from small‐extent case studies translates into a generalizable macroecological pattern. Here, we evaluate dominance and niche partitioning effects simultaneously in grassland systems world‐wide.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Location&lt;/title&gt;&lt;p&gt;Two thousand nine hundred and forty‐one grassland plots globally.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Time period&lt;/title&gt;&lt;p&gt;2000–2014.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Major taxa studied&lt;/title&gt;&lt;p&gt;Vascular plants.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Methods&lt;/title&gt;&lt;p&gt;We obtained plot‐based data on functional community structure from the global vegetation plot database “sPlot”, which combines species composition with plant trait data from the “TRY” database. We used data on the community‐weighted mean (CWM) and FD for 18 ecologically relevant plant traits. As an indicator of primary productivity, we extracted the satellite‐derived normalized difference vegetation index (NDVI) from MODIS. Using generalized additive models and deviation partitioning, we estimated the contributions of trait CWM and FD to the variation in annual maximum NDVI, while controlling for climatic variables and spatial structure.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Results&lt;/title&gt;&lt;p&gt;Grassland communities dominated by relatively tall species with acquisitive traits had higher NDVI values, suggesting the prevalence of dominance effects for BEF relationships. We found no support for niche partitioning for the functional traits analysed, because NDVI remained unaffected by FD. Most of the predictive power of traits was shared by climatic predictors and spatial coordinates. This highlights the importance of community assembly processes for BEF relationships in natural communities.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Main conclusions&lt;/title&gt;&lt;p&gt;Our analysis provides empirical evidence that plant functional community structure and global patterns in primary productivity are linked through the resource economics and size traits of the dominant species. This is an important test of the hypotheses underlying BEF relationships at the global scale.&lt;/p&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2021898; 1831944</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley Online Library</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>