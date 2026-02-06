--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10508200</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Redesigning EarSketch for Inclusive CS Education: A Participatory Design Approach</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ding, Shi; Smith, Jason Brent; Garrett, Stephen; Magerko, Brian</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-17T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Interaction Design and Children (IDC ’24)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-4007-0442-0</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This study conducts a novel approach to redesign EarSketch, an expressive computer science (CS) learning environment that inte- grates music composition into computing education, with a specific focus on inclusivity for blind and visually impaired (BVI) learners. This approach centers on the participation of teachers, students, and the community as co-designers, leveraging their insights and ex- periences to enhance the program’s accessibility and effectiveness. By actively involving the stakeholders in the development process, the study aims to address the unique educational challenges and needs of learners who are visually impaired more effectively. The participatory design approach is expected to not only maintain the intrinsic appeal of EarSketch but also to expand its accessibility, ensuring that it becomes a more inclusive tool in computer sci- ence education. The ultimate goal is to establish a more adaptable and inclusive educational paradigm within STEAM, particularly in computing education and music, that is responsive to the diverse needs of all students, including those with visual impairments. The contributions of this paper are design recommendations based on our data that can be applied to the design of EarSketch and other expressive CS environments for BVI learners.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2300631</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Delft, Netherlands</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>