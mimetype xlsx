--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10508202</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Improving the Accessibility of the EarSketch Web-Based Audio Application for Blind and Visually Impaired Learners</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Garrett, Stephen; Smith, Jason Brent; Blue, Amber; Ondin, Zerrin; Rempel, Johan; Mumma, Kara; Freeman, Jason; Magerko, Brian</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Web Audio Conference WAC-2024</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>EarSketch is an online learning environment that uses the Web Audio API to teach computer science and computational thinking through music technology, production, and remixing. It is designed to broaden participation in computer science and music education for beginning learners by providing a free, web-based application coupled with curricula for informal and formal learning contexts and a library of audio content spanning multiple popular genres. This paper describes an analysis of EarSketch’s accommodations for students who are blind or visually impaired (BVI) and initial improvements to the system to improve accessibility. This paper also presents the findings of a user study designed to determine the biggest accessibility issues for EarSketch users who are BVI, and a discussion of how accessibility improvements can help broaden participation in computing and music education and, more broadly, how all web audio application developers can integrate accessibility considerations into their work.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2300631</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Perdue University</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>West Lafayette, IN, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>