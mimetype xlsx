--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10508675</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/fpls.2022.1026472</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Rice Chalky Grain 5 regulates natural variation for grain quality under heat stress</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chandran, Anil_Kumar Nalini; Sandhu, Jaspreet; Irvin, Larissa; Paul, Puneet; Dhatt, Balpreet K; Hussain, Waseem; Gao, Tian; Staswick, Paul; Yu, Hongfeng; Morota, Gota; Walia, Harkamal</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-10-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Plant Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1664-462X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Heat stress occurring during rice (&lt;italic&gt;Oryza sativa&lt;/italic&gt;) grain development reduces grain quality, which often manifests as increased grain chalkiness. Although the impact of heat stress on grain yield is well-studied, the genetic basis of rice grain quality under heat stress is less explored as quantifying grain quality is less tractable than grain yield. To address this, we used an image-based colorimetric assay (Red, R; and Green, G) for genome-wide association analysis to identify genetic loci underlying the phenotypic variation in rice grains exposed to heat stress. We found the R to G pixel ratio (RG) derived from mature grain images to be effective in distinguishing chalky grains from translucent grains derived from control (28/24°C) and heat stressed (36/32°C) plants. Our analysis yielded a novel gene, rice&lt;italic&gt;Chalky Grain 5&lt;/italic&gt;(&lt;italic&gt;OsCG5&lt;/italic&gt;) that regulates natural variation for grain chalkiness under heat stress.&lt;italic&gt;OsCG5&lt;/italic&gt;encodes a grain-specific, expressed protein of unknown function. Accessions with lower transcript abundance of&lt;italic&gt;OsCG5&lt;/italic&gt;exhibit higher chalkiness, which correlates with higher RG values under stress. These findings are supported by increased chalkiness of&lt;italic&gt;OsCG5&lt;/italic&gt;knock-out (KO) mutants relative to wildtype (WT) under heat stress. Grains from plants overexpressing&lt;italic&gt;OsCG5&lt;/italic&gt;are less chalky than KOs but comparable to WT under heat stress. Compared to WT and OE, KO mutants exhibit greater heat sensitivity for grain size and weight relative to controls. Collectively, these results show that the natural variation at&lt;italic&gt;OsCG5&lt;/italic&gt;may contribute towards rice grain quality under heat stress.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1736192</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Frontiers of Plant Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>