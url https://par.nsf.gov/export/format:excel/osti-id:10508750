--- v0 (2025-11-02)
+++ v1 (2026-01-29)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10508750</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/mpp.13361</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Spray‐induced gene silencing to identify powdery mildew gene targets and processes for powdery mildew control</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>McRae, Amanda G; Taneja, Jyoti; Yee, Kathleen; Shi, Xinyi; Haridas, Sajeet; LaButti, Kurt; Singan, Vasanth; Grigoriev, Igor V; Wildermuth, Mary C</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Molecular Plant Pathology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1168 to 1183</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1464-6722</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Spray‐induced gene silencing (SIGS) is an emerging tool for crop pest protection. It utilizes exogenously applied double‐stranded RNA to specifically reduce pest target gene expression using endogenous RNA interference machinery. In this study, SIGS methods were developed and optimized for powdery mildew fungi, which are widespread obligate biotrophic fungi that infect agricultural crops, using the known azole‐fungicide target&lt;italic&gt;cytochrome P450&lt;/italic&gt;51 (CYP51) in the&lt;italic&gt;Golovinomyces orontii–Arabidopsis thaliana&lt;/italic&gt;pathosystem. Additional screening resulted in the identification of conserved gene targets and processes important to powdery mildew proliferation:&lt;italic&gt;apoptosis‐antagonizing transcription factor&lt;/italic&gt;in essential cellular metabolism and stress response; lipid catabolism genes&lt;italic&gt;lipase a&lt;/italic&gt;,&lt;italic&gt;lipase 1&lt;/italic&gt;, and&lt;italic&gt;acetyl‐CoA oxidase&lt;/italic&gt;in energy production&lt;italic&gt;;&lt;/italic&gt;and genes involved in manipulation of the plant host via abscisic acid metabolism (&lt;italic&gt;9‐cis‐epoxycarotenoid dioxygenase&lt;/italic&gt;,&lt;italic&gt;xanthoxin dehydrogenase&lt;/italic&gt;, and a putative&lt;italic&gt;abscisic acid G‐protein coupled receptor&lt;/italic&gt;) and secretion of the effector protein,&lt;italic&gt;effector candidate 2&lt;/italic&gt;. Powdery mildew is the dominant disease impacting grapes and extensive powdery mildew resistance to applied fungicides has been reported. We therefore developed SIGS for the&lt;italic&gt;Erysiphe necator–Vitis vinifera&lt;/italic&gt;system and tested six successful targets identified using the&lt;italic&gt;G. orontii–A. thaliana&lt;/italic&gt;system. For all targets tested, a similar reduction in powdery mildew disease was observed between systems. This indicates screening of broadly conserved targets in the&lt;italic&gt;G. orontii–A. thaliana&lt;/italic&gt;pathosystem identifies targets and processes for the successful control of other powdery mildew fungi. The efficacy of SIGS on powdery mildew fungi makes SIGS an exciting prospect for commercial powdery mildew control.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2122944</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>