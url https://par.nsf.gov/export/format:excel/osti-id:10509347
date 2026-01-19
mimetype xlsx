--- v0 (2025-10-31)
+++ v1 (2026-01-19)
@@ -119,51 +119,51 @@
   <si>
     <t>Barhoumi, Ahmad; Lisovyy, Oleg; Miller, Peter D; Prokhorov, Andrei</t>
   </si>
   <si>
     <t>University_of_Michigan,USA; Université_de_Tours,France</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-03-09T05:00:00Z</t>
   </si>
   <si>
     <t>Symmetry, Integrability and Geometry: Methods and Applications</t>
   </si>
   <si>
     <t>1815-0659</t>
   </si>
   <si>
     <t>&lt;p&gt;The third Painlevé equation in its generic form, often referred to as Painlevé-III($D_6$), is given by $$ \frac{{\rm d}^2u}{{\rm d}x^2} =\frac{1}{u}\left(\frac{{\rm d}u}{{\rm d}x} \right)^2-\frac{1}{x} \frac{{\rm d}u}{{\rm d}x} + \frac{\alpha u^2 + \beta}{x}+4u^3-\frac{4}{u}, \qquad \alpha,\beta \in \mathbb C. $$ Starting from a generic initial solution $u_0(x)$ corresponding to parameters $\alpha$, $\beta$, denoted as the triple $(u_0(x),\alpha,\beta)$, we apply an explicit Bäcklund transformation to generate a family of solutions $(u_n(x),\alpha + 4n,\beta + 4n)$ indexed by $n \in \mathbb N$. We study the large $n$ behavior of the solutions $(u_n(x), \alpha + 4n, \beta + 4n)$ under the scaling $x = z/n$ in two different ways: (a) analyzing the convergence properties of series solutions to the equation, and (b) using a Riemann-Hilbert representation of the solution $u_n(z/n)$. Our main result is a proof that the limit of solutions $u_n(z/n)$ exists and is given by a solution of the degenerate Painlevé-III equation, known as Painlevé-III($D_8$), $$ \frac{{\rm d}^2U}{{\rm d}z^2} =\frac{1}{U}\left(\frac{{\rm d}U}{{\rm d}z}\right)^2-\frac{1}{z} \frac{{\rm d}U}{{\rm d}z} + \frac{4U^2 + 4}{z}.$$ A notable application of our result is to rational solutions of Painlevé-III($D_6$), which are constructed using the seed solution $(1,4m,-4m)$ where $m \in \mathbb C \setminus \big(\mathbb Z + \frac{1}{2}\big)$ and can be written as a particular ratio of Umemura polynomials. We identify the limiting solution in terms of both its initial condition at $z = 0$ when it is well defined, and by its monodromy data in the general case. Furthermore, as a consequence of our analysis, we deduce the asymptotic behavior of generic solutions of Painlevé-III, both $D_6$ and $D_8$ at $z = 0$. We also deduce the large $n$ behavior of the Umemura polynomials in a neighborhood of $z = 0$.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2204896</t>
+    <t>2204896; 2103354</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>SIGMA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>