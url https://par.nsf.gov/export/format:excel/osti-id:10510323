--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10510323</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1088/1748-9326/acd803</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The role of terrain-mediated hydroclimate in vegetation recovery after wildfire</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Webb, Ryan W; Litvak, Marcy E; Brooks, Paul D</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Environmental Research Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>064036</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1748-9326</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Throughout communities and ecosystems both within and downstream of mountain forests, there is an increasing risk of wildfire. After a wildfire, stakeholder management will vary depending on the rate and spatial heterogeneity of forest re-establishment. However, forest re-establishment and recovery after a wildfire is closely linked to interactions between the temporal evolution of plant-available water (PAW) and spatial patterns in available energy. Therefore, we propose a conceptual model that describes spatial heterogeneity in long-term watershed recovery rate as a function of topographically-mediated interactions between available energy and the movement of water in the subsurface (i.e. subsurface hydrologic redistribution). As vegetation becomes re-established across a burned landscape in response to topographic and subsurface controls on water and energy, canopies shade the ground surface and reduce wind speed creating positive feedbacks that increase PAW. Furthermore, slope aspect differentially impacts the spatial patterns in regrowth and re-establishment. South aspect slopes receive high solar radiation, and consequently are warmer and drier, with lower standing biomass and greater drought stress and mortality compared to north aspect slopes. To date, most assessments of these impacts have taken a bulk approach, or an implicitly one-dimensional conceptual approach that does not include spatial heterogeneity in hydroclimate influenced by topography and vegetation. The presented conceptual model sets a starting point to further our understanding of the spatio-temporal evolution of PAW storage, energy availability, and vegetation re-establishment and survival in forested catchments after a wildfire. The model also provides a template for collaboration with diverse stakeholders to aid the co-production of next generation management tools to mitigate the negative impacts of future wildfires.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1655499</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>