--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -107,51 +107,51 @@
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10510346</t>
   </si>
   <si>
     <t>https://doi.org/10.1007/978-3-031-58751-1_7</t>
   </si>
   <si>
     <t>Unlocking the lookup singularity with Lasso</t>
   </si>
   <si>
     <t>Setty, Srinath; Thaler, Justin; Wahby, Riad</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-04-29T04:00:00Z</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1845125</t>
+    <t>1845125; 1918989</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>Annual International Conference on the Theory and Applications of Cryptographic Techniques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>