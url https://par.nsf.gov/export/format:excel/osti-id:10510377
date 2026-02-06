--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10510377</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1021/acs.chemrev.3c00748</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Deconstruction of Polymers through Olefin Metathesis</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sathe, Devavrat; Yoon, Seiyoung; Wang, Zeyu; Chen, Hanlin; Wang, Junpeng</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-24T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Chemical Reviews</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0009-2665</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The consumption of synthetic polymers has ballooned; so has the amount of post-consumer waste generated. The current polymer economy, however, is largely linear with most of the post-consumer waste being either landfilled or incinerated. The lack of recycling, together with the sizable carbon footprint of the polymer industry, has led to major negative environmental impacts. Over the past few years, chemical recycling technologies have gained significant traction as a possible technological route to tackle these challenges. In this regard, olefin metathesis, with its versatility and ease of operation, has emerged as an attractive tool. Here, we discuss the developments in olefin-metathesis-based chemical recycling technologies, including the development of new materials and the application of olefin metathesis to the recycling of commercial materials. We delve into structure–reactivity relationships in the context of polymerization–depolymerization behavior, how experimental conditions influence deconstruction outcomes, and the reaction pathways underlying these approaches. We also look at the current hurdles in adopting these technologies and relevant future directions for the field.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2042494</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Chemical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>