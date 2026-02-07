--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,190 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...138 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -204,191 +65,314 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10510450</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.infsof.2024.107429</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Prevalence and severity of design anti-patterns in open source programs—A large-scale study</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Alan; Lefever, Jason; Han, Yi; Cai, Yuanfang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Information and Software Technology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>170</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>C</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>107429</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0950-5849</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Context:
+Design anti-patterns can be symptoms of problems that lead to long-term maintenance difficulty. How should development teams prioritize their treatment? Which ones are more severe and deserve more attention? Does the impact of anti-patterns and general maintenance efforts differ with different programming languages?
+Objective:
+In this study, we assess the prevalence and severity of anti-patterns in different programming languages and the impact of dynamic typing in Python, as well as the impact scopes of prevalent anti-patterns that manifest the violation of design principles.
+Method:
+We conducted a large-scale study of anti-patterns using 1717 open-source projects written in Java, C/C++, and Python. For the 288 Python projects, we extracted both explicit and dynamic dependencies and compared how the detected anti-patterns and maintenance costs changed. Finally, we removed anti-patterns involving five or fewer files to assess the impact of trivial anti-patterns.
+Results:
+The results reveal that 99.55% of these projects contain anti-patterns. Modularity Violation – frequent co-changes among seemingly unrelated files – is most prevalent (detected in 83.54% of all projects) and costly (incurred 61.55% of maintenance effort on average). Unstable Interface and Crossing, caused by influential but unstable files, although not as prevalent, tend to incur severe maintenance costs. Duck typing in Python incurs more anti-patterns, and the churn spent on Python files multiplies that of C/C++ and Java files. Several prevalent anti-patterns have a large portion of trivial instances, meaning that these common symptoms are usually not harmful.
+Conclusion:
+Implicit and visible dependencies are the most expensive to maintain, and dynamic typing in Python exacerbates the issue. Influential but unstable files need to be monitored and rectified early to prevent the accumulation of high maintenance costs. The violations of design principles are widespread, but many are not high-maintenance.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2232720; 2213764; 2236824</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ELSEVIER</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>