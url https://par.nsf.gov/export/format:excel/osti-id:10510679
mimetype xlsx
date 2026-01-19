--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10510679</t>
-[...8 lines deleted...]
-    <t>Wu, Wenjing; Ranasinghe, Jeewan C; Chatterjee, Arka; Huang, Shengxi</t>
+    <t>10398162</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1364/OME.483188</t>
+  </si>
+  <si>
+    <t>Non-Hermitian Floquet-free analytically solvable time-dependent systems [Invited]</t>
+  </si>
+  <si>
+    <t>Ghaemi-Dizicheh, Hamed (ORCID:0000000198772436); Ramezani, Hamidreza (ORCID:0000000252885440)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-05-01T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>0254-0584</t>
+    <t>2023-02-21T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Optical Materials Express</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>2159-3930</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;The non-Hermitian models, which are symmetric under parity (&lt;italic&gt;P&lt;/italic&gt;) and time-reversal (&lt;italic&gt;T&lt;/italic&gt;) operators, are the cornerstone for the fabrication of new ultra-sensitive optoelectronic devices. However, providing the gain in such systems usually demands precise control of nonlinear processes, limiting their application. In this paper, to bypass this obstacle, we introduce a class of time-dependent non-Hermitian Hamiltonians (not necessarily Floquet) that can describe a two-level system with temporally modulated on-site potential and couplings. We show that implementing an appropriate non-Unitary gauge transformation converts the original system to an effective one with a balanced gain and loss. This will allow us to derive the evolution of states analytically. Our proposed class of Hamiltonians can be employed in different platforms such as electronic circuits, acoustics, and photonics to design structures with hidden&lt;italic&gt;PT&lt;/italic&gt;-symmetry potentially without imaginary onsite amplification and absorption mechanism to obtain an exceptional point.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2246564; 1943895; 2230400</t>
-[...2 lines deleted...]
-    <t>2024</t>
+    <t>2231387; 2012172</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>Article No. 678</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Elseview</t>
+    <t>Optical Society of America</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -302,79 +305,79 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>