--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10510874</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3640008</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>PRogramAR: Augmented Reality End-User Robot Programming</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ikeda, Bryce; Szafir, Daniel</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Human-Robot Interaction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 20</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-9522</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The field of end-user robot programming seeks to develop methods that empower non-expert programmers to task and modify robot operations. In doing so, researchers may enhance robot flexibility and broaden the scope of robot deployments into the real world. We introduce PRogramAR (Programming Robots using Augmented Reality), a novel end-user robot programming system that combines the intuitive visual feedback of augmented reality (AR) with the simplistic and responsive paradigm of trigger-action programming (TAP) to facilitate human-robot collaboration. Through PRogramAR, users are able to rapidly author task rules and desired reactive robot behaviors, while specifying task constraints and observing program feedback contextualized directly in the real world. PRogramAR provides feedback by simulating the robot’s intended behavior and providing instant evaluation of TAP rule executability to help end users better understand and debug their programs during development. In a system validation, 17 end users ranging from ages 18 to 83 used PRogramAR to program a robot to assist them in completing three collaborative tasks. Our results demonstrate how merging the benefits of AR and TAP using elements from prior robot programming research into a single novel system can successfully enhance the robot programming process for non-expert users.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2233316</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>