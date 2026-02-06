--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,185 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10511298</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Fast multiplication of random dense matrices with sparse matrices</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liang, Tianyu; Murray, Riley; Buluc, Aydin; Demmel, James</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-20T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE International Parallel &amp; Distributed Processing Symposium 2024</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This work focuses on accelerating the multiplication of a dense random matrix with a (fixed) sparse matrix, which is frequently used in sketching algorithms. We develop a novel scheme that takes advantage of blocking and recomputation (on- the-fly random number generation) to accelerate this operation. The techniques we propose decrease memory movement, thereby increasing the algorithm’s parallel scalability in shared memory architectures. On the Intel Frontera architecture, our algorithm can achieve 2x speedups over libraries such as Eigen and Intel MKL on some examples. In addition, with 32 threads, we can obtain a parallel efficiency of up to approximately 45%.
+We also present a theoretical analysis for the memory movement lower bound of our algorithm, showing that under mild assumptions, it's possible to beat the data movement lower bound of general matrix-matrix multiply (GEMM) by a factor of sqrt(M), where $M$ is the cache size. Finally, we incorporate our sketching method into a  randomized algorithm for overdetermined least squares with sparse data matrices. Our results are competitive with SuiteSparse for highly overdetermined problems; in some cases, we obtain a speedup of 10x over SuiteSparse.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2004763</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>San Francisco, CA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>