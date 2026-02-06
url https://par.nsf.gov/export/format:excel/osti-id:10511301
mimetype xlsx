--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,176 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...124 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -190,187 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10511301</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3626183.3659980</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Distributed-Memory Randomized Algorithms for Sparse Tensor CP Decomposition</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bharadwaj, Vivek; Malik, Osman Asif; Murray, Riley; Buluc, Aydin; Demmel, James</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-17T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Annual ACM Symposium on Parallelism in Algorithms and Architectures</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1548-6109</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Candecomp / PARAFAC (CP) decomposition, a generalization of the matrix singular value decomposition to higher-dimensional tensors, is a popular tool for analyzing multidimensional sparse data. On tensors with billions of nonzero entries, computing a CP decomposition is a computationally intensive task. We propose the first distributed-memory implementations of two randomized CP decomposition algorithms,CP-ARLS-LEV and STS-CP, that offer nearly an order-of-magnitude speedup at high decomposition ranks over well-tuned non-randomized decomposition packages. Both algorithms rely on leverage score sampling and enjoy strong theoretical guarantees, each with varying time and accuracy tradeoffs. 
+We tailor the communication schedule for our random sampling algorithms, eliminating expensive reduction collectives and forcing communication costs to scale with the random sample count. Finally, we optimize the local storage format for our methods, switching between analogues of compressed sparse column and compressed sparse row formats. Experiments show that our methods are fast and scalable,producing 11x speedup over SPLATT by decomposing the billion-scale Reddit tensor on 512 CPU cores in under two minutes.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2004763</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Nantes, France</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>