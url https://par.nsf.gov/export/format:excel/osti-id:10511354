--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10511354</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3610801</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Taming Algorithmic Priority Inversion in Mission-Critical Perception Pipelines</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Shengzhong; Yao, Shuochao; Fu, Xinzhe; Tabish, Rohan; Yu, Simon; Bansal, Ayoosh; Yun, Heechul; Sha, Lui; Abdelzaher, Tarek</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Communications of the ACM</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>110 to 117</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0001-0782</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The paper discusses&lt;italic&gt;algorithmic priority inversion&lt;/italic&gt;in mission-critical machine inference pipelines used in modern neural-network-based perception subsystems and describes a solution to mitigate its effect. In general,&lt;italic&gt;priority inversion&lt;/italic&gt;occurs in computing systems when computations that are less important are performed together with or ahead of those that are more important. Significant priority inversion occurs in existing machine inference pipelines when they do not differentiate between critical and less critical data. We describe a framework to resolve this problem and demonstrate that it improves a perception system's ability to react to critical inputs, while at the same time reducing platform cost.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2038923; 2311085; 2107200; 2038658</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>