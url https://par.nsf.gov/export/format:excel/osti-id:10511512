--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,94 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10370016</t>
-[...8 lines deleted...]
-    <t>Yoo, Sangmin [Department of Electrical Engineering and Computer Science The University of Michigan  Ann Arbor MI 48109 USA]; Wu, Yuting [Department of Electrical Engineering and Computer Science The University of Michigan  Ann Arbor MI 48109 USA]; Park, Yongmo [Department of Electrical Engineering and Computer Science The University of Michigan  Ann Arbor MI 48109 USA]; Lu, Wei_D [Department of Electrical Engineering and Computer Science The University of Michigan  Ann Arbor MI 48109 USA]</t>
+    <t>10511512</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s41567-024-02413-3</t>
+  </si>
+  <si>
+    <t>Quantized topological pumping in Floquet synthetic dimensions with a driven dissipative photonic molecule</t>
+  </si>
+  <si>
+    <t>Sridhar, Sashank Kaushik; Ghosh, Sayan; Srinivasan, Dhruv; Miller, Alexander R; Dutt, Avik</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-02-17T05:00:00Z</t>
-[...12 lines deleted...]
- &lt;p&gt;Memristive devices have demonstrated rich switching behaviors that closely resemble synaptic functions and provide a building block to construct efficient neuromorphic systems. It is demonstrated that resistive switching effects are controlled not only by the external field, but also by the dynamics of various internal state variables that facilitate the ionic processes. The internal temperature, for example, works as a second‐state variable to regulate the ion motion and provides the internal timing mechanism for the native implementation of timing‐ and rate‐based learning rules such as spike timing dependent plasticity (STDP). In this work, it is shown that the 2nd state‐variable in a Ta&lt;sub&gt;2&lt;/sub&gt;O&lt;sub&gt;5&lt;/sub&gt;‐based memristor, its internal temperature, can be systematically engineered by adjusting the material properties and device structure, leading to tunable STDP characteristics with different time constants. When combined with an artificial post‐synaptic neuron, the 2nd‐order memristor synapses can spontaneously capture the temporal correlation in the input streaming events.&lt;/p&gt;</t>
+    <t>2024-05-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Nature Physics</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>843 to 851</t>
+  </si>
+  <si>
+    <t>1745-2473</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1915550; 1810119</t>
-[...2 lines deleted...]
-    <t>2022</t>
+    <t>2326792</t>
+  </si>
+  <si>
+    <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
+    <t>Springer Nature</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -298,81 +300,81 @@
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="K2" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>