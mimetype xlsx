--- v0 (2025-10-31)
+++ v1 (2026-01-21)
@@ -125,51 +125,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2023-10-17T04:00:00Z</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>0031-9007</t>
   </si>
   <si>
     <t>We present a new measurement of the positive muon magnetic anomaly, 𝑎𝜇≡(𝑔𝜇−2)/2, from the Fermilab Muon 𝑔−2 Experiment using data collected in 2019 and 2020. We have analyzed more than 4 times the number of positrons from muon decay than in our previous result from 2018 data. The systematic error is reduced by more than a factor of 2 due to better running conditions, a more stable beam, and improved knowledge of the magnetic field weighted by the muon distribution, 𝜔𝑝, and of the anomalous precession frequency corrected for beam dynamics effects, 𝜔𝑎. From the ratio 𝜔𝑎/𝜔𝑝, together with precisely determined external parameters, we determine 𝑎𝜇=116 592 057⁢(25)×10−11 (0.21 ppm). Combining this result with our previous result from the 2018 data, we obtain 𝑎𝜇⁡(FNAL)=116 592 055⁢(24)×10−11 (0.20 ppm). The new experimental world average is 𝑎𝜇⁡(exp)=116 592 059⁢(22)×10−11 (0.19 ppm), which represents a factor of 2 improvement in precision.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2110293; 2110479; 2209486; 2209484; 2209421; 2110988</t>
+    <t>2110293; 2110479; 2209486; 2209484; 2209421; 2110988; 2412373</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Physical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>