--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-05-29T04:00:00Z</t>
   </si>
   <si>
     <t>Soft Matter</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>4175 to 4183</t>
   </si>
   <si>
     <t>1744-683X</t>
   </si>
   <si>
     <t>Transparent, fluorescent, and neutrally buoyant emulsions functionalized with programmable DNA interactions are synthesized as a model system for the study of designer gels and self-assembly.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2104837</t>
+    <t>2104837; 2105255</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Royal Society of Chemistry</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>