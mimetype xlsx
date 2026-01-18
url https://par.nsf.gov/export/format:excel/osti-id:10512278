--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,84 +86,100 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10512278</t>
+    <t>10410803</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1111/jeb.14175</t>
+  </si>
+  <si>
+    <t>Experimental test of the influence of light availability on the evolution of eye size and behaviour in &lt;i&gt;Daphnia&lt;/i&gt;</t>
+  </si>
+  <si>
+    <t>Howell, Kaitlyn [Department of Biology University of Texas at Arlington  Arlington Texas 76019 USA] (ORCID:0000000232141225); Muh, Sarah [Department of Biology University of Texas at Arlington  Arlington Texas 76019 USA]; Parajuli, Bibek [Department of Biology University of Texas at Arlington  Arlington Texas 76019 USA]; Walsh, Matthew R. [Department of Biology University of Texas at Arlington  Arlington Texas 76019 USA] (ORCID:0000000275172013)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Streaming Gaussian Dirichlet random fields for spatial predictions of high dimensional categorical observations</t>
-[...11 lines deleted...]
-    <t>2511-1256</t>
+    <t>2023-04-10T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Evolutionary Biology</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>1010-061X</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;There exists extensive variation in eye size. Much work has provided a connection between light availability and differences in eye size across taxa. Experimental tests of the role of the light environment on the evolution of eye size are lacking. Here, we performed a selection experiment that examined the influence of light availability on shifts in eye size and the connection between eye size and phototactic (anti‐predator) behaviour in&lt;italic&gt;Daphnia&lt;/italic&gt;. We set‐up replicate experimental populations of&lt;italic&gt;Daphnia&lt;/italic&gt;, repeatedly evaluated phenotypic shifts in eye size during the ~50‐day experiment, and performed a common garden experiment at the end of the experiment to test for evolutionary shifts in eye size and behaviour. Our phenotypic analyses showed that eye size rapidly diverged between the light treatments; relative eye size was consistently larger in the low versus high light treatments. Selection on eye size was also modified by variation in density as increases in&lt;italic&gt;Daphnia&lt;/italic&gt;density favoured a larger eye. However, we did not observe differences in eye size between the light treatments following two generations of common garden rearing at the end of the experiment. We instead observed strong shifts in anti‐predator behaviour.&lt;italic&gt;Daphnia&lt;/italic&gt;from the low light treatment exhibited decreased phototactic responses to light. Our results show that decreased light relaxes selection on anti‐predator behaviour. Such trends provide new insights into selection on eye size and behaviour.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1655686</t>
+    <t>1651613</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>Conference Proceeding</t>
-[...2 lines deleted...]
-    <t>arxiv.org</t>
+    <t>p. 805-815</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -273,90 +289,96 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>31</v>
-[...2 lines deleted...]
-      <c r="J2" s="0"/>
+        <v>32</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>