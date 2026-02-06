--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10512783</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.22331/q-2024-03-14-1281</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Compiling Quantum Circuits for Dynamically Field-Programmable Neutral Atoms Array Processors</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tan, Daniel Bochen; Bluvstein, Dolev; Lukin, Mikhail D; Cong, Jason</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Quantum</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1281</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2521-327X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Dynamically field-programmable qubit arrays (DPQA) have recently emerged as a promising platform for quantum information processing. In DPQA, atomic qubits are selectively loaded into arrays of optical traps that can be reconfigured during the computation itself. Leveraging qubit transport and parallel, entangling quantum operations, different pairs of qubits, even those initially far away, can be entangled at different stages of the quantum program execution. Such reconfigurability and non-local connectivity present new challenges for compilation, especially in the layout synthesis step which places and routes the qubits and schedules the gates. In this paper, we consider a DPQA architecture that contains multiple arrays and supports 2D array movements, representing cutting-edge experimental platforms. Within this architecture, we discretize the state space and formulate layout synthesis as a satisfiability modulo theories problem, which can be solved by existing solvers optimally in terms of circuit depth. For a set of benchmark circuits generated by random graphs with complex connectivities, our compiler OLSQ-DPQA reduces the number of two-qubit entangling gates on small problem instances by 1.7x compared to optimal compilation results on a fixed planar architecture. To further improve scalability and practicality of the method, we introduce a greedy heuristic inspired by the iterative peeling approach in classical integrated circuit routing. Using a hybrid approach that combined the greedy and optimal methods, we demonstrate that our DPQA-based compiled circuits feature reduced scaling overhead compared to a grid fixed architecture, resulting in 5.1X less two-qubit gates for 90 qubit quantum circuits. These methods enable programmable, complex quantum circuits with neutral atom quantum computers, as well as informing both future compilers and future hardware choices.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2317134; 2313083; 2012023</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Quantum</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>