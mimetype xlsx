--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10512874</t>
-[...8 lines deleted...]
-    <t>Song, Kun-Ting; Zagalskaya, Alexandra; Schott, Christian M; Schneider, Peter M; Garlyyev, Batyr; Alexandrov, Vitaly; Bandarenka, Aliaksandr S</t>
+    <t>10516504</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.5311/JOSIS.2023.26.300</t>
+  </si>
+  <si>
+    <t>A brief review of the evolution of GIScience since the NCGIA research agenda initiatives</t>
+  </si>
+  <si>
+    <t>Claramunt, Christophe; Dube, Matthew</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-03-28T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>1932-7447</t>
+    <t>2023-05-17T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Spatial Information Science</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>137 to 150</t>
+  </si>
+  <si>
+    <t>1948-660X</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Geographical information science (GIScience) is progressively acknowledged as a scientific field based on a wide range of theories and methods that are constantly evolving. This motivates our attempt at a tentative observation of the research progress and challenges that have gone along with its gradual recognition as a domain of its own. The brief critical review presented in this paper develops an observation of such evolution. The peculiarity of our approach is that it is not based on a quantitative evaluation of the research outputs as identified by usual journal production metrics, but rather on a progressive identification of the research questions and their evolution, which the GIS academic community has been addressing over the past 30 years since the landmark NCGIA initiatives' research agendas have largely inspired and contributed to the development of geographical information science as a field.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1941204</t>
-[...2 lines deleted...]
-    <t>2024</t>
+    <t>2019470</t>
+  </si>
+  <si>
+    <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>American Chemical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -296,85 +293,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="I2" s="0"/>
+      <c r="J2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="K2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>40</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>