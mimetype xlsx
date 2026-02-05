--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10513003</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.54337/ojs.jpblhe.v11i2.7767</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Embedding Digital Data Storytelling in Introductory Data Science Course: An Inter-Institutional Transdisciplinary Pilot Study</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chen, Lujie; Gillan, Jamie; Decker, Matthew; Eteffa, Egan; Marzan, Anjelica; Thai, Justin; Jewett, Sarah</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Problem Based Learning in Higher Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>126 to 152</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2246-0918</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>With the emergence of data science as an inherently multidisciplinary subject, there is increasing demand for graduates with well-rounded competence in computing, analytics, and communication skills. However, in conventional education systems, computing &amp; quantitative, and communication skills are often taught in different disciplines. Data storytelling is constructing and presenting data stories to highlight the analytical insights to achieve the communication goals to a specific audience. Digital data storytelling leverages digital storytelling techniques and best practices in communication to deliver stories that can be shared in digital formats to a wide audience. In this paper, we describe and reflect on a semester-long project-based learning pilot using Digital Storytelling as a framework to allow students to explore topics themed around human flourishing and sustainability with the end goal of constructing data stories delivered in digital or video format (i.e., Digital Data Storytelling). The pilot work was conducted in an introductory data science course at a 4-year Minority Serving Institution in collaboration with students studying non-STEM disciplines at a partner community college. Our pilot demonstrates the potential benefit of this sustainability-aware Project-Based Learning design in raising students’ awareness of sustainability issues, increasing confidence in cross-disciplinary communication competency, and at the same time deepening their understanding of data science concepts. We further reflect on the significant role of an effective program model as well as challenges and opportunities for building transdisciplinary communication competency to prepare for a diverse data science workforce.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2302795; 1915714</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>journals.aau.dk Open Access Journals at Aalborg University</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>