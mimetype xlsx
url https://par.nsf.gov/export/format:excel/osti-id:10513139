--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10513139</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3626252.3630899</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Not Just Training, Also Testing: High School Youths' Perspective-Taking through Peer Testing Machine Learning-Powered Applications</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Morales-Navarro, Luis; Shah, Meghan; Kafai, Yasmin B</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 55th ACM Technical Symposium on Computer Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>881 to 887</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400704239</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Most attention in K-12 artificial intelligence and machine learning (AI/ML) education has been given to having youths train models, with much less attention to the equally important testing of models when creating machine learning applications. Testing ML applications allows for the evaluation of models against predictions and can help creators of applications identify and address failure and edge cases that could negatively impact user experiences. We investigate how testing each other's projects supported youths to take perspective about functionality, performance, and potential issues in their own projects. We analyzed testing worksheets, audio and video recordings collected during a two week workshop in which 11 high school youths created physical computing projects that included (audio, pose, and image) ML classifiers. We found that through peer-testing youths reflected on the size of their training datasets, the diversity of their training data, the design of their classes and the contexts in which they produced training data. We discuss future directions for research on peer-testing in AI/ML education and current limitations for these kinds of activities.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2333469</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Portland OR USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>