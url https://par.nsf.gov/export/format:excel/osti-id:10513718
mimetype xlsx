--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10513718</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Small Worlds: Measuring the Mobility of Characters in English-Language Fiction</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wilkens, Matthew; Evans, Elizabeth F; Soni, Sandeep; Bamman, David; Piper, Andrew</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of computational literary studies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2940-1348</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The representation of mobility in literary narratives has important implications for the cultural understanding of human movement and migration. In this paper, we introduce novel methods for measuring the physical mobility of literary characters through narrative space and time. We capture mobility through geographically defined space, as well as through generic locations such as homes, driveways, and forests. Using a dataset of over 13,000 books published in English since 1789, we observe significant "small world" effects in fictional narratives. Specifically, we find that fictional characters cover far less distance than their non-fictional counterparts; the pathways covered by fictional characters are highly formulaic and limited from a global perspective; and fiction exhibits a distinctive semantic investment in domestic and private places. Surprisingly, we do not find that characters' ascribed gender has a statistically significant effect on distance traveled, but it does influence the semantics of domesticity.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1942591</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Journal of computational literary studies</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>