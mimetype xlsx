--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10513853</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/978-3-031-35017-7_22</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Effect of Metacognitive Judgments on Metacognitive Awareness in an Augmented Reality Environment</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mostowfi, Sara; Kim, Jung Hyup; Yu, Ching-Yun; Seo, Kangwon; Wang, Fang; Oprean, Danielle</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-09T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Being conscious of your thought processes is known as metacognition. It supports students in being more aware of their actions, motivations, and the potential applications of the skills [1]. This study investigates how different metacognitive judgment questions affect students’ metacognitive awareness in an augmented reality (AR) environment. The outcomes of this study will help us to understand what metacognitive monitoring method is more effective in the AR learning environment. According to the literature, students with high knowledge about cognition have higher test performance, while students with low regulation have a challenge during planning, organizing, and elaborating strategies. The dependent variables of the study are student learning performance and metacognitive awareness inventory (MAI) score, and one independent variable is the metacognitive judgment question Retrospective Confidence Judgment (RCJ) and Judgment of Learning (JOL). We hypothesized that the students with high performance would have improved MAI scores in both groups. The experiment was done with two groups (RCJ and JOL). Both groups responded to the pre-post metacognitive awareness inventory questionnaire. During the experiment, the MAI questionnaire was asked two times. In round one, the MAI questionnaire was asked at the beginning of lecture one; however, in round two, the questionnaire was asked at the end of lecture two. Results indicated significant differences in RCJ low performers. In RCJ, the participants whose performance was significantly reduced in lecture 2 had a higher improvement on MAI both regulation and knowledge about cognition. Overall, the result of our study could advance our understanding of how to design an advanced instructional strategy in an AR environment.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2202108</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Conference on Human-Computer Interaction</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>