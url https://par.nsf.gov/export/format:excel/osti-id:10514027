--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10514027</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202244261</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>GJ 806 (TOI-4481): A bright nearby multi-planetary system with a transiting hot low-density super-Earth</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Palle, E; Orell-Miquel, J; Brady, M; Bean, J; Hatzes, A P; Morello, G; Morales, J C; Murgas, F; Molaverdikhani, K; Parviainen, H; Sanz-Forcada, J; Béjar, V_J S; Caballero, J A; Sreenivas, K R; Schlecker, M; Ribas, I; Perdelwitz, V; Tal-Or, L; Pérez-Torres, M; Luque, R; Dreizler, S; Fuhrmeister, B; Aceituno, F; Amado, P J; Anglada-Escudé, G; Caldwell, D A; Charbonneau, D; Cifuentes, C; de_Leon, J P; Collins, K A; Dufoer, S; Espinoza, N; Essack, Z; Fukui, A; Chew, Y_Gómez Maqueo; Gómez-Muñoz, M A; Henning, Th; Herrero, E; Jeffers, SV; Jenkins, J; Kaminski, A; Kasper, J; Kunimoto, M; Latham, D; Lillo-Box, J; López-González, M J; Montes, D; Mori, M; Narita, N; Quirrenbach, A; Pedraz, S; Reiners, A; Rodríguez, E; Rodríguez-López, C; Sabin, L; Schanche, N; Schwarz, R-P; Schweitzer, A; Seifahrt, A; Stefansson, G; Sturmer, J; Trifonov, T; Vanaverbeke, S; Wells, R D; Zapatero-Osorio, M R; Zechmeister, M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>678</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A80</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;One of the main scientific goals of the TESS mission is the discovery of transiting small planets around the closest and brightest stars in the sky. Here, using data from the CARMENES, MAROON-X, and HIRES spectrographs together with TESS, we report the discovery and mass determination of aplanetary system around the M1.5 V star GJ 806 (TOI-4481). GJ 806 is a bright (&lt;italic&gt;V&lt;/italic&gt;≈ 10.8mag,&lt;italic&gt;J&lt;/italic&gt;≈ 7.3 mag) and nearby (&lt;italic&gt;d&lt;/italic&gt;= 12 pc) M dwarf that hosts at least two planets. The innermost planet, GJ 806 b, is transiting and has an ultra-short orbital period of 0.93 d, a radius of 1.331 ± 0.023&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;⊕&lt;/sub&gt;, a mass of 1.90 ± 0.17&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊕&lt;/sub&gt;, a mean density of 4.40 ± 0.45 g cm&lt;sup&gt;−3&lt;/sup&gt;, and an equilibrium temperature of 940 ± 10 K. We detect a second, non-transiting, super-Earth planet in the system, GJ 806 c, with an orbital period of 6.6 d, a minimum mass of 5.80 ± 0.30&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊕&lt;/sub&gt;, and an equilibrium temperature of 490 ± 5 K. The radial velocity data also shows evidence for a third periodicity at 13.6 d, although the current dataset does not provide sufficient evidence to unambiguously distinguish between a third super-Earth mass (&lt;italic&gt;M&lt;/italic&gt;sin&lt;italic&gt;i&lt;/italic&gt;= 8.50 ± 0.45&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊕&lt;/sub&gt;) planet or stellar activity. Additionally, we report one transit observation of GJ 806 b taken with CARMENES in search of a possible extended atmosphere of H or He, but we can only place upper limits to its existence. This is not surprising as our evolutionary models support the idea that any possible primordial H/He atmosphere that GJ 806 b might have had would be long lost. However, the bulk density of GJ 806 b makes it likely that the planet hosts some type of volatile atmosphere. With transmission spectroscopy metrics (TSM) of 44 and emission spectroscopy metrics (ESM) of 24, GJ 806 b is to date the third-ranked terrestrial planet around an M dwarf suitable for transmission spectroscopy studies using JWST, and the most promising terrestrial planet for emission spectroscopy studies. GJ 806b is also an excellent target for the detection of radio emission via star-planet interactions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108465</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>A&amp;A</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>