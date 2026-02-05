--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10514481</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3654969</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Query Refinement for Diverse Top-k Selection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Campbell, Felix S; Silberstein, Alon; Stoyanovich, Julia; Moskovitch, Yuval</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Management of Data</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 27</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2836-6573</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Database queries are often used to select and rank items as decision support for many applications. As automated decision-making tools become more prevalent, there is a growing recognition of the need to diversify their outcomes. In this paper, we define and study the problem of modifying the selection conditions of an ORDER BY query so that the result of the modified query closely fits some user-defined notion of diversity while simultaneously maintaining the intent of the original query. We show the hardness of this problem and propose a mixed-integer linear programming (MILP) based solution. We further present optimizations designed to enhance the scalability and applicability of the solution in real-life scenarios. We investigate the performance characteristics of our algorithm and show its efficiency and the usefulness of our optimizations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2312930; 2326193</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>