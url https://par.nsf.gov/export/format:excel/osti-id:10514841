--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10514841</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3617178</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Differentiable Quantum Programming with Unbounded Loops</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Fang, Wang; Ying, Mingsheng; Wu, Xiaodi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-31T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Software Engineering and Methodology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 63</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1049-331X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The emergence of variational quantum applications has led to the development of automatic differentiation techniques in quantum computing. Existing work has formulated differentiable quantum programming with bounded loops, providing a framework for scalable gradient calculation by quantum means for training quantum variational applications. However, promising parameterized quantum applications, e.g., quantum walk and unitary implementation, cannot be trained in the existing framework due to the natural involvement of unbounded loops. To fill in the gap, we provide the first differentiable quantum programming framework with unbounded loops, including a newly designed differentiation rule, code transformation, and their correctness proof. Technically, we introduce a randomized estimator for derivatives to deal with the infinite sum in the differentiation of unbounded loops, whose applicability in classical and probabilistic programming is also discussed. We implement our framework with Python and Q# and demonstrate a reasonable sample efficiency. Through extensive case studies, we showcase an exciting application of our framework in automatically identifying close-to-optimal parameters for several parameterized quantum applications.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1942837</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>