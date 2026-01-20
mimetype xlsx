--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2023-12-01T05:00:00Z</t>
   </si>
   <si>
     <t>Solar RRL</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2367-198X</t>
   </si>
   <si>
     <t>&lt;p&gt;The bulk photovoltaic effect (BPE) has drawn considerable attention due to its ability to generate photovoltages above the bandgap and reports of highly enhanced photovoltaic current when using nanoscale absorbers or nanoscale electrodes, which, however, do not lend themselves to practical, scalable implementation. Herein, it is shown that a strikingly high BPE photoresponse can be achieved in an ordinary thin‐film configuration merely by tuning fundamental ferroelectric properties. Nonmonotonic dependence of the responsivity (&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;SC&lt;/sub&gt;) on the ferroelectric polarization is observed and at the optimal value of the film polarization, a more than three orders of magnitude increase in the&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;SC&lt;/sub&gt;from the bulk BaTiO&lt;sub&gt;3&lt;/sub&gt;value is obtained, reaching&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;SC&lt;/sub&gt;close to 10&lt;sup&gt;−2&lt;/sup&gt; A W&lt;sup&gt;−1&lt;/sup&gt;, the highest value reported to date for the archetypical ferroelectric BaTiO&lt;sub&gt;3&lt;/sub&gt;films. Results challenge the applicability of standard first‐principles‐based descriptions of BPE to thin films and the inherent weakness of BPE in ferroelectric thin films.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2102895</t>
+    <t>2102895; 1705440; 1608887</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>