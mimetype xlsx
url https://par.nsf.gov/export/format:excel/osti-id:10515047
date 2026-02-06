--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10515047</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/MCOMSTD.0001.2200047</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>End-to-End O-RAN Security Architecture, Threat Surface, Coverage, and the Case of the Open Fronthaul</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Abdalla, Aly_Sabri; Marojevic, Vuk</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Communications Standards Magazine</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>36 to 43</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2471-2825</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>O-RAN establishes an advanced radio access network (RAN) architecture that supports inter-operable, multi-vendor, and artificial intelligence (AI) controlled wireless access networks. The unique components, interfaces, and technologies of O-RAN differentiate it from the 3GPP RAN. Because O-RAN supports 3GPP protocols, currently 4G and 5G, while offering additional network interfaces and controllers, it has a larger attack surface. The O-RAN security requirements, vulnerabilities, threats, and countermeasures must be carefully assessed for it to become a platform for 5G Advanced and future 6G wireless. This article presents the ongoing standardization activities of the O-RAN Alliance for modeling the potential threats to the network and to the open fronthaul interface, in particular. We identify end-to-end security threats and discuss those on the open fronthaul in more detail. We then provide recommendations for countermeasures to tackle the identified security risks and encourage industry to establish standards and best practices for safe and secure implementations of the open fronthaul interface.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2326898; 2120442</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE/ieeeXplore</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>