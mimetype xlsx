--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10515222</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>NLP-enabled automated feedback about middle school science writing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kim, C; Puntambekar, S; Lee, E; Gnesdilow, D; Karizaki, M; Passonneau, RJ</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Hoadley, C; Wang, XC</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 4th Annual Meeting of the International Society of the Learning Sciences 2024</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Eighth grade students received automated feedback from PyrEval - an NLP tool - about their science essays. We examined essay quality change when revised. Regardless of prior physics knowledge, essay quality improved. Grounded in literature on AI explainability and trust in automated feedback, we also examined which PyrEval explanation predicted essay quality change. Essay quality improvement was predicted by high- and medium-accuracy feedback.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2010483</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Society of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Buffalo, NY</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>