--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,173 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...121 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -187,187 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10515320</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>AI in Computer Science Education: Tool, Subdomain, and Wildcard</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Smith, Julie M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-20T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the International Convention MIPRO</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-4865</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The future of AI will be determined in part by how its developers are educated. Thus, how computer science (CS) education incorporates instruction in various aspects of AI will have a substantial impact on AI's evolution. Understanding how and what CS educators think about AI education is, therefore, an important piece of the landscape in anticipating -- and shaping -- the future of AI.
+However, little is known about how educators perceive the role of AI education in CS education, and there is no consensus yet regarding what AI topics should be taught to all students. This paper helps to fill that gap by presenting a qualitative analysis of data collected from high school CS instructors, higher education CS faculty, and those working in the tech industry as they reflected on their priorities for high school CS instruction and on anticipated changes in high school, college, and workplace CS. We conclude with recommendations for the CS education research community around AI in K-12, particularly at the high school level.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2311746</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>2024 47th International Convention on Information and Communication Technology, Electronics and Microelectronics (MIPRO)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Opatija, Croatia</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>