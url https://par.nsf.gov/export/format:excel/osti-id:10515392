--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-06-17T04:00:00Z</t>
   </si>
   <si>
     <t>Computational Mechanics</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0178-7675</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Immersed boundary methods are high-order accurate computational tools used to model geometrically complex problems in computational mechanics. While traditional finite element methods require the construction of high-quality boundary-fitted meshes, immersed boundary methods instead embed the computational domain in a structured background grid. Interpolation-based immersed boundary methods augment existing finite element software to non-invasively implement immersed boundary capabilities through extraction. Extraction interpolates the structured background basis as a linear combination of Lagrange polynomials defined on a foreground mesh, creating an interpolated basis that can be easily integrated by existing methods. This work extends the interpolation-based immersed isogeometric method to multi-material and multi-physics problems. Beginning from level-set descriptions of domain geometries, Heaviside enrichment is implemented to accommodate discontinuities in state variable fields across material interfaces. Adaptive refinement with truncated hierarchically refined B-splines (THB-splines) is used to both improve interface geometry representations and to resolve large solution gradients near interfaces. Multi-physics problems typically involve coupled fields where each field has unique discretization requirements. This work presents a novel discretization method for coupled problems through the application of extraction, using a single foreground mesh for all fields. Numerical examples illustrate optimal convergence rates for this method in both 2D and 3D, for partial differential equations representing heat conduction, linear elasticity, and a coupled thermo-mechanical problem. The utility of this method is demonstrated through image-based analysis of a composite sample, where in addition to circumventing typical meshing difficulties, this method reduces the required degrees of freedom when compared to classical boundary-fitted finite element methods.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2104106</t>
+    <t>2104106; 2103939</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>p. 301-325</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer Science + Business Media</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>