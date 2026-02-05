--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10515596</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/jocn.16960</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Perceived balance and self‐reported falls: A retrospective cross‐sectional study using the National Health and Aging Trend Study</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dolan, Hanne; Pohl, Janet; Pituch, Keenan; Coon, David W</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Clinical Nursing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2190 to 2200</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0962-1067</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;sec&gt;&lt;title&gt;Aims&lt;/title&gt;&lt;p&gt;To examine how perceived balance problems are associated with self‐reported falls in the past month after controlling for known correlates of falls among older adults.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Background&lt;/title&gt;&lt;p&gt;Approximately 30% of adults age 65 and older fall each year. Most accidental falls are preventable, and older adults' engagement in fall prevention is imperative. Limited research suggest that older adults do not use the term ‘fall risk’ to describe their risk for falls. Instead, they commonly use the term ‘balance problems’. Yet, commonly used fall risk assessment tools in both primary and acute care do not assess older adults' perceived balance.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Design and Method&lt;/title&gt;&lt;p&gt;The Health Belief Model and the concept of perceived susceptibility served as the theoretical framework. A retrospective, cross‐sectional secondary analysis using data from the National Health and Aging Trends Study from year 2015 was conducted. The outcome variable was self‐reported falls in the last month.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Results&lt;/title&gt;&lt;p&gt;A subsample of independently living participants (&lt;italic&gt;N&lt;/italic&gt; = 7499) was selected, and 10.3% of the sample reported a fall. Multiple logistic regression analysis revealed that the odds of reporting a fall in the past month was 3.4 times (&lt;italic&gt;p&lt;/italic&gt; &lt; .001) greater for participants who self‐reported having a balance problem compared to those who did not. In contrast, fear of falling and perceived memory problems were not uniquely associated with falls. Using a mobility device, reporting pain, poor self‐rated health status, depression and anxiety scores were also associated with falling.&lt;/p&gt;&lt;/sec&gt; &lt;sec&gt;&lt;title&gt;Conclusion and Implications&lt;/title&gt;&lt;p&gt;Older adults' perceived balance problem is strongly associated with their fall risk. Perceived balance may be important to discuss with older adults to increase identification of fall risk. Older adults' perceived balance should be included in nursing fall risk assessments and fall prevention interventions. A focus on balance may increase older adults' engagement in fall prevention.&lt;/p&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2231874</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Journal of Clinical Nursing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>